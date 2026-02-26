--- v0 (2025-10-14)
+++ v1 (2026-02-26)
@@ -1,419 +1,346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="67A78D43" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:pStyle w:val="Nzev"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="006E3AB3">
         <w:t>PLNÁ</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> MOC</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21E33648" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
+    <w:p w14:paraId="21E33648" w14:textId="6539C58B" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>Akcionář:</w:t>
+        <w:t>Akcionář</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25941">
+        <w:t>/ Zmocnitel</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A63410" w14:textId="45A25927" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Jméno a příjmení</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B">
         <w:br/>
         <w:t>/název společnosti:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>…………………………………</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>……………………………………….</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………</w:t>
       </w:r>
       <w:r w:rsidR="00B543DA" w:rsidRPr="00FF16D0">
         <w:t>………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7964B410" w14:textId="77777777" w:rsidR="00B543DA" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Bytem</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B">
         <w:t>/sídlem</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00860F9B">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B543DA" w:rsidRPr="00FF16D0">
-        <w:t>…………………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>………………………………………………………</w:t>
+        <w:t>……………………………………………………………….………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742FB16C" w14:textId="478FF988" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Rodné číslo</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B">
         <w:t>/IČO</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>…………………………………</w:t>
-[...3 lines deleted...]
-        <w:t>…</w:t>
+        <w:t>……………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>…………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B677DD" w14:textId="458CFFD2" w:rsidR="00293504" w:rsidRPr="00FF16D0" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Číslo bank. účtu:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>………………………………………</w:t>
-[...3 lines deleted...]
-        <w:t>…</w:t>
+        <w:t>…………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>……………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47214E66" w14:textId="03856235" w:rsidR="00293504" w:rsidRPr="00FF16D0" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>……………………………………</w:t>
-[...3 lines deleted...]
-        <w:t>…</w:t>
+        <w:t>………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C97538" w14:textId="4C881EF4" w:rsidR="00293504" w:rsidRPr="00FF16D0" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Telefon:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>……………………………………</w:t>
-[...3 lines deleted...]
-        <w:t>…</w:t>
+        <w:t>………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>….</w:t>
-[...3 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>……………...</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42A2E133" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="003C20CC">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:before="240" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>Zmocněnec:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777BCAB6" w14:textId="77777777" w:rsidR="00860F9B" w:rsidRDefault="00860F9B" w:rsidP="00860F9B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Jméno a příjmení</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EF9BF0B" w14:textId="77777777" w:rsidR="00B543DA" w:rsidRDefault="00860F9B" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>/název společnosti:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B543DA" w:rsidRPr="00FF16D0">
-        <w:t>…………………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>………………………………………………………</w:t>
+        <w:t>……………………………………………………………….………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26598DA5" w14:textId="77777777" w:rsidR="00B543DA" w:rsidRDefault="00860F9B" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bytem/sídlem: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B543DA" w:rsidRPr="00FF16D0">
-        <w:t>…………………………………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>………………………………………………………</w:t>
+        <w:t>……………………………………………………………….………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26367E3F" w14:textId="77777777" w:rsidR="00860F9B" w:rsidRDefault="00860F9B" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Rodné číslo/IČO:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>…………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.…………………</w:t>
+        <w:t>………………………………………..…………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C794B1" w14:textId="77777777" w:rsidR="00860F9B" w:rsidRPr="00FF16D0" w:rsidRDefault="00860F9B" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>E-mail:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>……………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.………………</w:t>
+        <w:t>…………………………………………..………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D8640D" w14:textId="012BE1C7" w:rsidR="00293504" w:rsidRPr="00FF16D0" w:rsidRDefault="00860F9B" w:rsidP="003C20CC">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>Telefon:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
-        <w:t>……………………………………</w:t>
-[...7 lines deleted...]
-        <w:t>.……………...</w:t>
+        <w:t>…………………………………………..……………...</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="767FCFD0" w14:textId="77777777" w:rsidR="003C20CC" w:rsidRDefault="003C20CC" w:rsidP="006E3AB3"/>
-    <w:p w14:paraId="51A2B3CE" w14:textId="0931B062" w:rsidR="005E0F48" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
-[...1 lines deleted...]
-        <w:t>Akcionář zmocňuje výše uvedeného Zmocněnce k zastupování při</w:t>
+    <w:p w14:paraId="51A2B3CE" w14:textId="51A684E5" w:rsidR="005E0F48" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
+      <w:r>
+        <w:t>Akcionář</w:t>
+      </w:r>
+      <w:r w:rsidR="00675866">
+        <w:t>/Zmocnitel</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> zmocňuje výše uvedeného Zmocněnce k zastupování při</w:t>
       </w:r>
       <w:r w:rsidR="005E0F48">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00093976">
         <w:t xml:space="preserve">níže uvedených jednáních ve vztahu k akciím emitenta Harvardský průmyslový holding, a.s., IČO 44269595, se sídlem </w:t>
       </w:r>
       <w:r w:rsidR="00093976" w:rsidRPr="005E0F48">
         <w:rPr>
           <w:highlight w:val="white"/>
         </w:rPr>
         <w:t>Uhelný trh 414/9, Staré Město, 110 00 Praha 1</w:t>
       </w:r>
       <w:r w:rsidR="00093976">
         <w:t>, zapsané v obchodním rejstříku vedeném Městským soudem v Praze, oddíl B, vložka 1040 (dále jen „Emitent“).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22292A31" w14:textId="71955B7D" w:rsidR="005E0F48" w:rsidRPr="00A64587" w:rsidRDefault="005E0F48" w:rsidP="005E0F48">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
@@ -474,395 +401,260 @@
         </w:rPr>
         <w:t xml:space="preserve">nahlášení a </w:t>
       </w:r>
       <w:r w:rsidR="005E0F48" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>změn</w:t>
       </w:r>
       <w:r w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="005E0F48" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
-        <w:t xml:space="preserve">údajů v seznamu akcionářů vedeném Emitentem, zejména v případě změny vlastníka akcií, včetně předložení </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>údajů v seznamu akcionářů vedeném Emitentem, zejména v případě změny vlastníka akcií, včetně předložení rubopisovan</w:t>
+      </w:r>
+      <w:r w:rsidR="00430D4B" w:rsidRPr="00A64587">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>ých</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
-        <w:t>rubopisovan</w:t>
+        <w:t xml:space="preserve"> akci</w:t>
       </w:r>
       <w:r w:rsidR="00430D4B" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
-        <w:t>ých</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>í</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
-        <w:t xml:space="preserve"> akci</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00430D4B" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
-        <w:t>í</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>při změně vlastníka akcií</w:t>
       </w:r>
       <w:r w:rsidR="005E0F48" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE6CEAF" w14:textId="7EF8BB57" w:rsidR="005E0F48" w:rsidRPr="00A64587" w:rsidRDefault="005E0F48" w:rsidP="005E0F48">
+    <w:p w14:paraId="1DE6CEAF" w14:textId="7EF8BB57" w:rsidR="005E0F48" w:rsidRDefault="005E0F48" w:rsidP="005E0F48">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>rozdělení akcie</w:t>
       </w:r>
       <w:r w:rsidR="00093976" w:rsidRPr="00A64587">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E9FBF6" w14:textId="19E6CCD8" w:rsidR="00093976" w:rsidRDefault="005E0F48" w:rsidP="00093976">
+    <w:p w14:paraId="13DCA85D" w14:textId="21B92344" w:rsidR="00E25941" w:rsidRPr="00A64587" w:rsidRDefault="00E25941" w:rsidP="005E0F48">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A64587">
-[...117 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E25941">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+        </w:rPr>
+        <w:t>ýplata výtěžku z prodeje akcií na účet určený Zmocnitelem: č.ú……………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F997FC" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3"/>
     <w:p w14:paraId="46484AE8" w14:textId="09B13689" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="00FF16D0">
       <w:r>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
-        <w:t>…</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>………</w:t>
       </w:r>
       <w:r w:rsidR="00FF16D0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">dne </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:t>…………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4BC274" w14:textId="684E80A7" w:rsidR="00293504" w:rsidRPr="00FF16D0" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF16D0">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
       <w:r w:rsidR="00860F9B" w:rsidRPr="00FF16D0">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786FC38A" w14:textId="6E85E4EE" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
+    <w:p w14:paraId="786FC38A" w14:textId="31344ACE" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Akcionář</w:t>
       </w:r>
+      <w:r w:rsidR="00E25941">
+        <w:t>/Zmocnitel</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="72AD7872" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(úředně ověřený podpis)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A16D2A" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
       <w:r>
         <w:t>Plnou moc přijímám:</w:t>
       </w:r>
       <w:r w:rsidR="006E3AB3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF16D0">
         <w:rPr>
           <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         </w:rPr>
-        <w:t>……………………………………</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E5CA88" w14:textId="77777777" w:rsidR="00293504" w:rsidRDefault="00293504" w:rsidP="006E3AB3">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Zmocněnec</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00293504">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1007,100 +799,103 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04050005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2089306775">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Normln"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007C4B61"/>
     <w:rsid w:val="00093976"/>
     <w:rsid w:val="001E3AB0"/>
     <w:rsid w:val="002172E8"/>
+    <w:rsid w:val="002675C9"/>
     <w:rsid w:val="00275C71"/>
     <w:rsid w:val="00293504"/>
     <w:rsid w:val="00317ACC"/>
     <w:rsid w:val="003237A5"/>
     <w:rsid w:val="003C20CC"/>
     <w:rsid w:val="00430D4B"/>
     <w:rsid w:val="004B2A97"/>
     <w:rsid w:val="005E0F48"/>
+    <w:rsid w:val="00675866"/>
     <w:rsid w:val="006D67FE"/>
     <w:rsid w:val="006E3AB3"/>
     <w:rsid w:val="007C4B61"/>
     <w:rsid w:val="00860F9B"/>
+    <w:rsid w:val="009E72C9"/>
     <w:rsid w:val="00A64587"/>
     <w:rsid w:val="00B543DA"/>
     <w:rsid w:val="00BA72C0"/>
     <w:rsid w:val="00D65FEE"/>
+    <w:rsid w:val="00E25941"/>
     <w:rsid w:val="00E83A10"/>
     <w:rsid w:val="00F305D4"/>
     <w:rsid w:val="00FA28EF"/>
     <w:rsid w:val="00FF16D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -1569,50 +1364,51 @@
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normln"/>
     <w:next w:val="Normln"/>
     <w:link w:val="Nadpis3Char"/>
     <w:qFormat/>
     <w:rsid w:val="006E3AB3"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:color w:val="auto"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nadpis">
     <w:name w:val="Nadpis"/>
@@ -1796,51 +1592,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CittChar">
     <w:name w:val="Citát Char"/>
     <w:link w:val="Citt"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="006E3AB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="1F4E79"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2107,50 +1903,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="ee3e6e07-08b9-49aa-aaae-9d88b5039432" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="433a0792-d540-486b-8a9f-fea25473ef78">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101004B8F16AAFEF60C4C98D283ACDECBFC28" ma:contentTypeVersion="17" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="8c25ee7dce139fe1bc6a25362dd1dfb5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="433a0792-d540-486b-8a9f-fea25473ef78" xmlns:ns3="ee3e6e07-08b9-49aa-aaae-9d88b5039432" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ab0581fba42b8416c072d82e2acaea90" ns2:_="" ns3:_="">
     <xsd:import namespace="433a0792-d540-486b-8a9f-fea25473ef78"/>
     <xsd:import namespace="ee3e6e07-08b9-49aa-aaae-9d88b5039432"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -2355,112 +2171,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9F44B37-03EA-4585-BE8F-8D1718A5565B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F4EE475-0BCB-4D54-8E3B-E0B87318A6CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="ee3e6e07-08b9-49aa-aaae-9d88b5039432"/>
+    <ds:schemaRef ds:uri="433a0792-d540-486b-8a9f-fea25473ef78"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A8A5C10-88C3-4261-95C6-5F09FDD9FDF8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A8A5C10-88C3-4261-95C6-5F09FDD9FDF8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4F4EE475-0BCB-4D54-8E3B-E0B87318A6CF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9F44B37-03EA-4585-BE8F-8D1718A5565B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="433a0792-d540-486b-8a9f-fea25473ef78"/>
+    <ds:schemaRef ds:uri="ee3e6e07-08b9-49aa-aaae-9d88b5039432"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>227</Words>
-  <Characters>1343</Characters>
+  <Words>203</Words>
+  <Characters>1203</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dell</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1567</CharactersWithSpaces>
+  <CharactersWithSpaces>1404</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Harvardský průmyslový holding</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004B8F16AAFEF60C4C98D283ACDECBFC28</vt:lpwstr>
   </property>